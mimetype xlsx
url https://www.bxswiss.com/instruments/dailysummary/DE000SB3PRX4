--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe073ffcb9aa4c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004e97adc8d84ca6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7fff1ed25f4a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d311799cb743ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1df840927341eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7fff1ed25f4a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad975aedc494ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d311799cb743ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,224</x:t>
-[...566 lines deleted...]
-          <x:t>0,213</x:t>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>