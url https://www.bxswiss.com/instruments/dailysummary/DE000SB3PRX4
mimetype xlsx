--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004e97adc8d84ca6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8816f48e5c2145c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d311799cb743ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68cfdade0f844377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad975aedc494ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d311799cb743ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d953f8d4ed4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68cfdade0f844377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,108</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,107</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,102</x:t>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,190</x:t>
-[...458 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>