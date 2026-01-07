--- v2 (2025-11-16)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8816f48e5c2145c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8b5ffc74bb4f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68cfdade0f844377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f55f4cd2c6c4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d953f8d4ed4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68cfdade0f844377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0cf8620d02463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f55f4cd2c6c4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,166</x:t>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,205</x:t>
-[...468 lines deleted...]
-          <x:t>0,159</x:t>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>