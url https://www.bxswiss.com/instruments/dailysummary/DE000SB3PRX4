--- v3 (2026-01-07)
+++ v4 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8b5ffc74bb4f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2475d36efb9d4928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f55f4cd2c6c4d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6166f1f86c5493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0cf8620d02463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f55f4cd2c6c4d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ffd8ef6dd74b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6166f1f86c5493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,172</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>