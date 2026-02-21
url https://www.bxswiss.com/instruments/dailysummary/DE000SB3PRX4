--- v4 (2026-01-29)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2475d36efb9d4928" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a87967933ae4a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6166f1f86c5493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa58e310fd7140a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ffd8ef6dd74b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6166f1f86c5493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R002fce310a46454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa58e310fd7140a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,244</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,299</x:t>
-[...58 lines deleted...]
-          <x:t>0,251</x:t>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,278</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,272</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,271</x:t>
-[...274 lines deleted...]
-          <x:t>0,268</x:t>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>