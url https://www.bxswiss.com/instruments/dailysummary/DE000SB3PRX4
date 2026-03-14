--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a87967933ae4a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb5b26a278a47c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa58e310fd7140a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd913319334954210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R002fce310a46454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa58e310fd7140a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd61cbfe13e348fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd913319334954210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PRX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>0,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,414</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>0,676</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>