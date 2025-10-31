--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b132448112f4891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc41547c7ae4935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ca395f3a6247d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9b996a2f4244c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeaff9a1e1d94cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ca395f3a6247d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56f312ef078842fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9b996a2f4244c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>3,140</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,610</x:t>
-[...11 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,860</x:t>
-[...58 lines deleted...]
-          <x:t>2,010</x:t>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>2,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>