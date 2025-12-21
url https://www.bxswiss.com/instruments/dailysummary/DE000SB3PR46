--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc41547c7ae4935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f02352e9134fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9b996a2f4244c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7de3423cda4223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56f312ef078842fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9b996a2f4244c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ea8227ad5a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7de3423cda4223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,300</x:t>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,240</x:t>
-[...38 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...53 lines deleted...]
-          <x:t>2,285</x:t>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
-[...92 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>3,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,710</x:t>
-[...360 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>