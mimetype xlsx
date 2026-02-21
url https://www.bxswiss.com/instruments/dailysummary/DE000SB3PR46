--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f02352e9134fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5120a5678e436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7de3423cda4223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f41ebbae924cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ea8227ad5a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7de3423cda4223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd6e79b6cd3c4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f41ebbae924cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...43 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>3,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>