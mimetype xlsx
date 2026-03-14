--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5120a5678e436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfa58e69b3f41a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f41ebbae924cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a26fa4d15284378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd6e79b6cd3c4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f41ebbae924cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b02fa4f6bb45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a26fa4d15284378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,600</x:t>
-[...254 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...65 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,978</x:t>
-[...139 lines deleted...]
-          <x:t>1,270</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>