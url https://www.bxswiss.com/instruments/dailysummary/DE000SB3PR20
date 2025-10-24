--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4dc181ebe8c43c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5d34497eb540c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd068dcd29dd54d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd596afd9d9594af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f94fc7b8e3484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd068dcd29dd54d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08a9bf0bb914de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd596afd9d9594af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,216</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,227</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,211</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,219</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,245</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>0,209</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>0,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>