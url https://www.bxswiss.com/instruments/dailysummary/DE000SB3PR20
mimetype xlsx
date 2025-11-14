--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5d34497eb540c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4211a65cb79948fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd596afd9d9594af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4aa30ab04094a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08a9bf0bb914de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd596afd9d9594af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c947f9469a4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4aa30ab04094a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,163</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>0,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>