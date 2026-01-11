--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4211a65cb79948fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3d4fded28147b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4aa30ab04094a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd365cc6f8b446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c947f9469a4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4aa30ab04094a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a79875f839d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd365cc6f8b446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,213</x:t>
-[...102 lines deleted...]
-          <x:t>0,167</x:t>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>06.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,203</x:t>
-[...144 lines deleted...]
-          <x:t>0,195</x:t>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>