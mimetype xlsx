--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3d4fded28147b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2412aacb8664eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd365cc6f8b446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R847ba7e7bd474363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a79875f839d4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd365cc6f8b446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa62a6bbe9f4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R847ba7e7bd474363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,160</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>