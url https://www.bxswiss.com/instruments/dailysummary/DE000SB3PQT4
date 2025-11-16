--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb448acc25c2d430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc16f75962d43f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref405184986f4b23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3acafb66574445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16b943f3b424c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref405184986f4b23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe656626a451492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3acafb66574445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,510</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,500</x:t>
-[...102 lines deleted...]
-          <x:t>4,025</x:t>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,995</x:t>
-[...16 lines deleted...]
-          <x:t>4,350</x:t>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>3,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>