--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc16f75962d43f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56c905f94ca4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3acafb66574445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6abf897a794825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe656626a451492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3acafb66574445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a10dc5caf04f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6abf897a794825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,880</x:t>
-[...151 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>3,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>