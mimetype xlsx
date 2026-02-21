--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56c905f94ca4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6d634a8cc24eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6abf897a794825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2257800524cf4996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a10dc5caf04f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6abf897a794825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9285e25877d4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2257800524cf4996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>5,335</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>6,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>