--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6d634a8cc24eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872a46ce37d8467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2257800524cf4996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8ffb3eb0b4a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9285e25877d4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2257800524cf4996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5c233ca6ae486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8ffb3eb0b4a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>