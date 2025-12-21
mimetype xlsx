--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18fe0581b96430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ceadcc9a01c42c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6104876d74740c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aeb1cb7048748b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb8aef0d230444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6104876d74740c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64ce9fc01bb416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aeb1cb7048748b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,890</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>