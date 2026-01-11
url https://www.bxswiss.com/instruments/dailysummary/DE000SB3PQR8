--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ceadcc9a01c42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f39262653749f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aeb1cb7048748b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f30b6d3625a4990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64ce9fc01bb416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aeb1cb7048748b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9f0510f7c4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f30b6d3625a4990" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,857</x:t>
-[...75 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>