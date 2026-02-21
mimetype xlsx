--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f39262653749f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R712cb71c56794e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f30b6d3625a4990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8865f6b8df8548ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9f0510f7c4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f30b6d3625a4990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race7a0be84684975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8865f6b8df8548ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,818</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,798</x:t>
-[...43 lines deleted...]
-          <x:t>1,004</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,867</x:t>
-[...247 lines deleted...]
-          <x:t>0,640</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>