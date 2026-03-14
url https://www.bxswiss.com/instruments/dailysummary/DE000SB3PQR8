--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R712cb71c56794e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7e60482731412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8865f6b8df8548ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f4a1c2fa6c4ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race7a0be84684975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8865f6b8df8548ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R681352fbe9bb4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f4a1c2fa6c4ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>