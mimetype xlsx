--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebeff1c8ce2a4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b359e0499d442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775baa785ce849b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30938ee567024065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c1b337c60f4464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775baa785ce849b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39bf88ed1a5345bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30938ee567024065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>2,950</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,820</x:t>
-[...11 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,420</x:t>
-[...58 lines deleted...]
-          <x:t>3,210</x:t>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>3,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>