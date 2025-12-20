--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b359e0499d442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc891e2cdeb44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30938ee567024065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d8e3958cd34d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39bf88ed1a5345bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30938ee567024065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a8fc4f4d944b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d8e3958cd34d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,215</x:t>
-[...6 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,505</x:t>
-[...458 lines deleted...]
-          <x:t>4,090</x:t>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>