--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc891e2cdeb44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23f1ef7397d24d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d8e3958cd34d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247b8b41daa74cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a8fc4f4d944b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d8e3958cd34d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72f8c455857a4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247b8b41daa74cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>2,760</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,720</x:t>
-[...11 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,630</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,490</x:t>
-[...75 lines deleted...]
-          <x:t>3,330</x:t>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,010</x:t>
-[...97 lines deleted...]
-          <x:t>3,010</x:t>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,530</x:t>
-[...58 lines deleted...]
-          <x:t>2,955</x:t>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>