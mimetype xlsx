--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23f1ef7397d24d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d90ff56e5b4c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247b8b41daa74cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c738a363d154026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72f8c455857a4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247b8b41daa74cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a767110826441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c738a363d154026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,010</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>3,240</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,230</x:t>
-[...114 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,130</x:t>
-[...139 lines deleted...]
-          <x:t>3,350</x:t>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>3,415</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>