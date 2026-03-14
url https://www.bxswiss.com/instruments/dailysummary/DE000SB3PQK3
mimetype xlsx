--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d90ff56e5b4c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c614e73d6c24c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c738a363d154026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72920eb40c424498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a767110826441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c738a363d154026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44bb0a3d413d45b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72920eb40c424498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>6,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,315</x:t>
-[...404 lines deleted...]
-          <x:t>9,040</x:t>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>