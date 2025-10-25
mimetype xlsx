--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4ffc01bc4a4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbab1902335140ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27cd30b01138473c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382070de72e8418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1c4ab84d1441df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27cd30b01138473c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7745f39e4e1e45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382070de72e8418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,415</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>14,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,630</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>