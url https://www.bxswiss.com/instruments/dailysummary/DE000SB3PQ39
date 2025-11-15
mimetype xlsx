--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbab1902335140ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05862e2a72d140e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382070de72e8418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f76cc2bf6684d1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7745f39e4e1e45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382070de72e8418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c009a2d00840a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f76cc2bf6684d1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>14,505</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>17,640</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,035</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>16,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>