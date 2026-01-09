--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05862e2a72d140e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1fa7e2d72744bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f76cc2bf6684d1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdd64e0e5f94865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c009a2d00840a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f76cc2bf6684d1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d08146afb7c45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdd64e0e5f94865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,035</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>