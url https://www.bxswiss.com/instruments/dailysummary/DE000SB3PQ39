--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1fa7e2d72744bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92579545d3f40c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdd64e0e5f94865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c818cbb8ef4652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d08146afb7c45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdd64e0e5f94865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ea46baaf384a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c818cbb8ef4652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>19,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>