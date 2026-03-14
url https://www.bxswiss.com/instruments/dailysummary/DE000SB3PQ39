--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92579545d3f40c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0df6cc3708e45d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c818cbb8ef4652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d09dec7f96b4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ea46baaf384a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c818cbb8ef4652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee1fe18690546d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d09dec7f96b4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,380</x:t>
-[...193 lines deleted...]
-          <x:t>12,770</x:t>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>11,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>