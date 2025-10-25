--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c2ef4118304f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa998c6757aa4e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41952efdf99d4ce1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2427e7a1704186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c1fa6b4c99742e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41952efdf99d4ce1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f91dc2a29ff4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2427e7a1704186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>72,705</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,200</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>62,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>