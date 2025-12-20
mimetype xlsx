--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa998c6757aa4e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dfd151cf8c74070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2427e7a1704186"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b562837b2104d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f91dc2a29ff4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2427e7a1704186" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a60bb53259e44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b562837b2104d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>60,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>