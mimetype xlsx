--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dfd151cf8c74070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8fc7efbbfb40c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b562837b2104d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re104fd4d5f7c412c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a60bb53259e44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b562837b2104d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d359fb21ec4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re104fd4d5f7c412c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>