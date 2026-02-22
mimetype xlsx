--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8fc7efbbfb40c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33de0882602640a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re104fd4d5f7c412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb107ef3fb9f54833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d359fb21ec4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re104fd4d5f7c412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e62c05d0214aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb107ef3fb9f54833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>