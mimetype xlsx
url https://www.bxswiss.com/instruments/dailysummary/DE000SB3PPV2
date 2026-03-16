--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33de0882602640a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaaaac669a1640ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb107ef3fb9f54833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8450e6ca7d4b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e62c05d0214aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb107ef3fb9f54833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc353c520dcdd4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8450e6ca7d4b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,795</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>