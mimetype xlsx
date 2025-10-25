--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd083721aab24109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd9b9adfb344711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd73dc0d9f94ae8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c3e410a5af44f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf852812ba12b4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd73dc0d9f94ae8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5e7d9d96c143a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c3e410a5af44f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>