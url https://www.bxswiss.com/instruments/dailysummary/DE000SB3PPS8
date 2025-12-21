--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd9b9adfb344711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49cd892274a044b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c3e410a5af44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25fa427a9ec48d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5e7d9d96c143a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c3e410a5af44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f24b9a221f24428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25fa427a9ec48d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>48,505</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>