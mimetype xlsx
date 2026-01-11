--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49cd892274a044b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f30eb43ffd74aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25fa427a9ec48d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7a22d47db74f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f24b9a221f24428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25fa427a9ec48d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d9cf40809045df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7a22d47db74f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>15,640</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,605</x:t>
-[...53 lines deleted...]
-          <x:t>16,135</x:t>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>