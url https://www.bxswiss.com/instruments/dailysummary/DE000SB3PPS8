--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f30eb43ffd74aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f378f424b84c7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7a22d47db74f95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d5b388baeb4c3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d9cf40809045df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7a22d47db74f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb726166523444196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d5b388baeb4c3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>15,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,785</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>15,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,135</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>13,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,675</x:t>
-[...36 lines deleted...]
-          <x:t>13,435</x:t>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>