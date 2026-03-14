--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f378f424b84c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf044a275986748d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d5b388baeb4c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fccc4f6706487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb726166523444196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d5b388baeb4c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a5ada81e77047c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fccc4f6706487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,665</x:t>
-[...313 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,045</x:t>
-[...9 lines deleted...]
-          <x:t>13,980</x:t>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>