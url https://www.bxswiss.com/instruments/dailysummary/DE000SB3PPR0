--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2c7bf32ee04184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e6f7d923ee4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0ed640ae6e4f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac4f5934f1a4563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1245f3edd8488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0ed640ae6e4f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7d82c165b64743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac4f5934f1a4563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>