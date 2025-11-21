--- v1 (2025-10-27)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e6f7d923ee4dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56dec8b8003b4d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac4f5934f1a4563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda5e334fb6944d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7d82c165b64743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac4f5934f1a4563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bea281e87f94cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda5e334fb6944d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>