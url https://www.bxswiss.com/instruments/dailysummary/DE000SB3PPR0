--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56dec8b8003b4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0d4176390e482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda5e334fb6944d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc97ea6d296ec4439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bea281e87f94cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda5e334fb6944d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001ab976242c4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc97ea6d296ec4439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>266,380</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>264,750</x:t>
-[...355 lines deleted...]
-          <x:t>237,675</x:t>
+          <x:t>293,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>