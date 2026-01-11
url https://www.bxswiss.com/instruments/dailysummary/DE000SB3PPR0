--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0d4176390e482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba5f4c3322c4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc97ea6d296ec4439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ae5241972d47fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001ab976242c4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc97ea6d296ec4439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8eba8f9e5740c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ae5241972d47fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>