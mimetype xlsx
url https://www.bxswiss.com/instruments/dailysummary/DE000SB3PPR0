--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba5f4c3322c4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787e8f4673aa4537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ae5241972d47fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75594cf5061e4c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8eba8f9e5740c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ae5241972d47fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d1b176541741ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75594cf5061e4c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>278,005</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>