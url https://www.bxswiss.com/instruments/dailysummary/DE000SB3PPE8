--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9539a73a2eb14368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa0aef4394e47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6482ca0023164f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56756999470c4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b5a484bebd4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6482ca0023164f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95cf96ab118746dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56756999470c4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>13,455</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,915</x:t>
-[...144 lines deleted...]
-          <x:t>11,440</x:t>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>