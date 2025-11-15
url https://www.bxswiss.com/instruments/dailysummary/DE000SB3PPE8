--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa0aef4394e47e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea645a965f3427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56756999470c4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22ef0157c7c47dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95cf96ab118746dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56756999470c4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0666f3c6f754dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22ef0157c7c47dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3PPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>11,630</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>11,630</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,015</x:t>
-[...490 lines deleted...]
-          <x:t>12,760</x:t>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>