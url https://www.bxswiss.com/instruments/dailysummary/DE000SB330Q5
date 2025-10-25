--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44d3be4fc08248fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85377f41e02b412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ab95638d324ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce797f88828a4d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b1388932db490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ab95638d324ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fd937af6814373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce797f88828a4d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>