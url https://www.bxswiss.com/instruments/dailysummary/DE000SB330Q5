--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85377f41e02b412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2765d6edddc940dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce797f88828a4d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4b6547dcd440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fd937af6814373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce797f88828a4d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396e797e1b4f4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4b6547dcd440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,229</x:t>
-[...16 lines deleted...]
-          <x:t>0,252</x:t>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,243</x:t>
+          <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,283</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,275</x:t>
-[...129 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,297</x:t>
-[...90 lines deleted...]
-          <x:t>0,277</x:t>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>