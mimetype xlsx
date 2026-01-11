--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2765d6edddc940dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca944730090240ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4b6547dcd440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bed582902cc4717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396e797e1b4f4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4b6547dcd440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d75c1fc601c42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bed582902cc4717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,288</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...16 lines deleted...]
-          <x:t>0,351</x:t>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,346</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,406</x:t>
-[...31 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>