--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca944730090240ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08e314f77b14f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bed582902cc4717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d8bd499c9641f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d75c1fc601c42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bed582902cc4717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf659cf3ce9dc442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d8bd499c9641f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,579</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>