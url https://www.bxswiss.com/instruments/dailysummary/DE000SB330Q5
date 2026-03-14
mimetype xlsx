--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08e314f77b14f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0181ac3efef4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d8bd499c9641f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e19228eb384e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf659cf3ce9dc442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d8bd499c9641f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e904abd9844568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e19228eb384e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,883</x:t>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,872</x:t>
-[...21 lines deleted...]
-          <x:t>0,731</x:t>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,844</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>0,947</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>0,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>