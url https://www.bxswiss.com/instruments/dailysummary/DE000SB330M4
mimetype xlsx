--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9acaef51ffa04773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b19de9d8be4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae05e6046e54c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee14ad569a24318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6ea7f28f2b45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae05e6046e54c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbe199ce0464bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee14ad569a24318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,608</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,647</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,697</x:t>
-[...117 lines deleted...]
-          <x:t>0,724</x:t>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>