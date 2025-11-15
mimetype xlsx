--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b19de9d8be4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa05ed472a51401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee14ad569a24318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b44b2a2a28841ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbe199ce0464bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee14ad569a24318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac566fc29a0c4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b44b2a2a28841ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,647</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,697</x:t>
-[...21 lines deleted...]
-          <x:t>0,681</x:t>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,661</x:t>
-[...48 lines deleted...]
-          <x:t>0,766</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,744</x:t>
-[...431 lines deleted...]
-          <x:t>0,624</x:t>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>