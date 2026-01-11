--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa05ed472a51401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f464e8f7f9e4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b44b2a2a28841ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b99df187aa4372"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac566fc29a0c4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b44b2a2a28841ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re300e79b21c34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b99df187aa4372" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,819</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>