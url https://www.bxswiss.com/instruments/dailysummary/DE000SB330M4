--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f464e8f7f9e4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859914816d0d40da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b99df187aa4372"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe33a0dd271b4f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re300e79b21c34fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b99df187aa4372" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b68d9081df24bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe33a0dd271b4f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>