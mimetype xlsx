--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859914816d0d40da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a99c8674dd3407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe33a0dd271b4f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a928c2f5dee40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b68d9081df24bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe33a0dd271b4f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458a5ef2b32e474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a928c2f5dee40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,060</x:t>
-[...200 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,953</x:t>
-[...4 lines deleted...]
-          <x:t>0,864</x:t>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>