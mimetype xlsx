--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a99c8674dd3407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636f6ba16da24d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a928c2f5dee40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74de970d57ef441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458a5ef2b32e474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a928c2f5dee40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R305813cf7c034ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74de970d57ef441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,751</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>0,851</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,824</x:t>
-[...247 lines deleted...]
-          <x:t>0,874</x:t>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>