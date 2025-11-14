--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db07b4371b74325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b0348de6824a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb5cea0087c4c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7103eb9ba3b7436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a8fb70747414ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb5cea0087c4c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca10729c45d4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7103eb9ba3b7436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>344,145</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>