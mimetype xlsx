--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b0348de6824a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112f1c13f1e948e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7103eb9ba3b7436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f9868342c984a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca10729c45d4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7103eb9ba3b7436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb223336c47d4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f9868342c984a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>490,300</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>