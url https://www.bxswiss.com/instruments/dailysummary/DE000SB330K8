--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112f1c13f1e948e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0e3fe1ded44b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f9868342c984a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6eda8f2962d446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb223336c47d4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f9868342c984a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc201bca3254553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6eda8f2962d446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>626,525</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>