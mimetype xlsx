--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354f9ab18fd24893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd82615c51a94e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceed958829bb4c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68e7ad5f9b54e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d7f9c018694a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceed958829bb4c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a08730976e4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68e7ad5f9b54e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>