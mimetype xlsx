--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd82615c51a94e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842df4114d264970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68e7ad5f9b54e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c9bc0e222c4941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a08730976e4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68e7ad5f9b54e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5f067640d0042e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c9bc0e222c4941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,193 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>71,895</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,545</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>