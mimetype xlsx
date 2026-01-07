--- v2 (2025-11-14)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842df4114d264970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089ad88839884ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c9bc0e222c4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49f196210c94bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5f067640d0042e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c9bc0e222c4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140b56e727a34444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49f196210c94bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>79,310</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>72,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>