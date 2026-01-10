--- v3 (2026-01-07)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089ad88839884ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d12f428b73e4ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49f196210c94bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4f8296f0b44da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140b56e727a34444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49f196210c94bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2884b5081c4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4f8296f0b44da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>