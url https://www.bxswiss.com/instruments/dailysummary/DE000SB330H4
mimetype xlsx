--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d12f428b73e4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c97e23373ef4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4f8296f0b44da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra880d0a3a63b4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2884b5081c4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4f8296f0b44da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10509abb4c0d439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra880d0a3a63b4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>82,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,870</x:t>
-[...355 lines deleted...]
-          <x:t>91,415</x:t>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>