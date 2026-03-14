--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c97e23373ef4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aae5ce564fe4575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra880d0a3a63b4d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9fa17d4d1e40a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10509abb4c0d439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra880d0a3a63b4d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f25665915c4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9fa17d4d1e40a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330H4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>