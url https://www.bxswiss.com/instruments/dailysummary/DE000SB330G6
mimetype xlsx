--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc174acf6654194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ed58dc46fd4c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd568002fdf443bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b901a57b454438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423ddf6b91d048f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd568002fdf443bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e85d7fb275412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b901a57b454438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>42,865</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,840</x:t>
-[...215 lines deleted...]
-          <x:t>43,170</x:t>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>