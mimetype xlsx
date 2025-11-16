--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ed58dc46fd4c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4890f4fd99ed4de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b901a57b454438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ed6a1535bc455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e85d7fb275412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b901a57b454438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480b41ad4b534950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ed6a1535bc455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,880</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>36,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,760</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>