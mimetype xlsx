--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4890f4fd99ed4de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e8919a93924add" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ed6a1535bc455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a905a358fa45c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480b41ad4b534950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ed6a1535bc455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5201db2ce0544c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a905a358fa45c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,520</x:t>
-[...603 lines deleted...]
-          <x:t>22,875</x:t>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>