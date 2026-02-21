--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e8919a93924add" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d9886b91c14f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a905a358fa45c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b9db60f2c64603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5201db2ce0544c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a905a358fa45c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfe29dcfcd0407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b9db60f2c64603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>55,355</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>