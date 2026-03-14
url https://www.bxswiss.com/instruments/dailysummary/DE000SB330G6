--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d9886b91c14f72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9a59f6a44eb4e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b9db60f2c64603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006e4b5447b34b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfe29dcfcd0407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b9db60f2c64603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ee8410ac214185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006e4b5447b34b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB330G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,120</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>66,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,510</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>