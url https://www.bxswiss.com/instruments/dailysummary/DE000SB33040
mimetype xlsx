--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc67da99f524eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3c384363bd4fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re682a2ce8eaa49fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcc5f57b62d4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c169a5746c8462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re682a2ce8eaa49fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd28de8fe8a149a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcc5f57b62d4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB33040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,341</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,339</x:t>
-[...53 lines deleted...]
-          <x:t>0,252</x:t>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>0,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...210 lines deleted...]
-          <x:t>0,296</x:t>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,280</x:t>
-[...4 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>