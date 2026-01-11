--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3c384363bd4fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6b9d00a453439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcc5f57b62d4858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b23bb4badc641a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd28de8fe8a149a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcc5f57b62d4858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff11641e18b14bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b23bb4badc641a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB33040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,381</x:t>
-[...16 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,394</x:t>
-[...301 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>