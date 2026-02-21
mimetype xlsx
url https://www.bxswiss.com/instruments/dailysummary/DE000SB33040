--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6b9d00a453439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8beb3fe12ffe450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b23bb4badc641a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f9ff591cb8457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff11641e18b14bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b23bb4badc641a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ab30525b5443c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f9ff591cb8457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB33040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,616</x:t>
-[...183 lines deleted...]
-          <x:t>0,457</x:t>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...193 lines deleted...]
-          <x:t>0,672</x:t>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>