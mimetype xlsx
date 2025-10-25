--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8261ea198e64e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9417bc49412480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69dd8f8d20bd488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a7847d164d429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfff67ee517d4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69dd8f8d20bd488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa47a48f6fc14269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a7847d164d429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>