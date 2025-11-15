--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9417bc49412480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff679ac005e341c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a7847d164d429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54aac19cb504d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa47a48f6fc14269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a7847d164d429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8435fcbad3449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54aac19cb504d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>46,150</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...452 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,395</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>