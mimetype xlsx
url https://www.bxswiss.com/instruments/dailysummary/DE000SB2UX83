--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff679ac005e341c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc59f7d584b4065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54aac19cb504d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b943599d6e64966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8435fcbad3449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54aac19cb504d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7217214647d54543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b943599d6e64966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>53,635</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>77,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>