--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc59f7d584b4065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ca6bba87924399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b943599d6e64966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ae045764764c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7217214647d54543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b943599d6e64966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449fd343f06843a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ae045764764c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>