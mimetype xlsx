--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ca6bba87924399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b3a910d9ea4bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ae045764764c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e935778b4ec4880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449fd343f06843a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ae045764764c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2598de59ab8c4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e935778b4ec4880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>108,150</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>116,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>