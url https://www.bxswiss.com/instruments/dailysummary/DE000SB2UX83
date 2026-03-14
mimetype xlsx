--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b3a910d9ea4bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a4043b36dc4fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e935778b4ec4880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317c8d7562dd4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2598de59ab8c4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e935778b4ec4880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137d8940b1de4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317c8d7562dd4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HeidelbergCement</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2UX83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>