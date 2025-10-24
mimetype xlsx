--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a4d9fbc9684412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db11b8dee9d4a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ed984220754291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8716fef680db4486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff327cf1fc8410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ed984220754291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef77937264043d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8716fef680db4486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>13,280</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,210</x:t>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>