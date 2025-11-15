--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db11b8dee9d4a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1cf65750f34403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8716fef680db4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29a5c1c812b47f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef77937264043d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8716fef680db4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10f107a488741fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29a5c1c812b47f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>14,845</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>17,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>