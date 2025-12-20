--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1cf65750f34403" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6375af55f7884723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29a5c1c812b47f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313eec7c090646b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10f107a488741fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29a5c1c812b47f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136c6e442ca74aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313eec7c090646b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>15,465</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,375</x:t>
-[...603 lines deleted...]
-          <x:t>17,740</x:t>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>