--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6375af55f7884723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742bbe28da204be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313eec7c090646b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45a12ab5c0d4f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136c6e442ca74aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313eec7c090646b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R588693d361ab4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45a12ab5c0d4f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>