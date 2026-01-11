--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742bbe28da204be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecbf0ac06124aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45a12ab5c0d4f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a24886479c48f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R588693d361ab4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45a12ab5c0d4f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ad7aae38124bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a24886479c48f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>17,775</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>18,910</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>17,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>18,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>