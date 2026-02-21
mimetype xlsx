--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecbf0ac06124aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089fb4c9d0814b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a24886479c48f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741a2adaf9364549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ad7aae38124bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a24886479c48f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce4c3b6586b4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741a2adaf9364549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>23,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,660</x:t>
-[...26 lines deleted...]
-          <x:t>22,200</x:t>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>25,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>