--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089fb4c9d0814b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a941187f9604c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741a2adaf9364549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fefe36b828b4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce4c3b6586b4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741a2adaf9364549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431e2fdee5454809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fefe36b828b4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>20,895</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,705</x:t>
-[...146 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,175</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>28,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>