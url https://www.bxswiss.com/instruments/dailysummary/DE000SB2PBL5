--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ba162833e141d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363c380dbcda4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8247ea43c254a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5609f5708b064103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f77decc99084fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8247ea43c254a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0091512139864757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5609f5708b064103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>10,805</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>13,450</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,780</x:t>
-[...409 lines deleted...]
-          <x:t>14,390</x:t>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>