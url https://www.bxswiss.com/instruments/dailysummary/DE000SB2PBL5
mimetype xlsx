--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363c380dbcda4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332862dabae94ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5609f5708b064103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6032eb441a447c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0091512139864757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5609f5708b064103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ea7902a84e4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6032eb441a447c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>11,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,635</x:t>
-[...80 lines deleted...]
-          <x:t>11,645</x:t>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,335</x:t>
-[...90 lines deleted...]
-          <x:t>13,140</x:t>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>