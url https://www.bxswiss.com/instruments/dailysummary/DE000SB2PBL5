--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332862dabae94ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96860a47f8d6460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6032eb441a447c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re498683f1f6c4ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ea7902a84e4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6032eb441a447c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dca85e65e164e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re498683f1f6c4ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,675</x:t>
-[...21 lines deleted...]
-          <x:t>9,875</x:t>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>12,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>11,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>12,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,835</x:t>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>