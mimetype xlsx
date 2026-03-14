--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96860a47f8d6460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47c116d6867436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re498683f1f6c4ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1940543ceb9148a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dca85e65e164e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re498683f1f6c4ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d24f3156854f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1940543ceb9148a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB2PBL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>14,260</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,850</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>13,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,710</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>