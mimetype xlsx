--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9769005897934da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbe1fd6c8504f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b7fec74d5f475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd4a6fe6dab4c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9373f7325c8e4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b7fec74d5f475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af741c6e4dc476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd4a6fe6dab4c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB1W9J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>23,165</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>23,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>23,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,175</x:t>
-[...36 lines deleted...]
-          <x:t>24,205</x:t>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>