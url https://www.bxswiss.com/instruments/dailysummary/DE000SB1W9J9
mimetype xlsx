--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbe1fd6c8504f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99665ea8dd654c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd4a6fe6dab4c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b300618e844764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af741c6e4dc476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd4a6fe6dab4c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra704ffe0830b41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b300618e844764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB1W9J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>23,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>24,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>24,095</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>23,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,115</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>24,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>