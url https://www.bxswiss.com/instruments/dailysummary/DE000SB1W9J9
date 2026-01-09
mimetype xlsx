--- v2 (2025-11-16)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99665ea8dd654c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d05dca76644a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b300618e844764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7d9a9654484f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra704ffe0830b41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b300618e844764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50300d0fc6314ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7d9a9654484f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB1W9J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>24,185</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,115</x:t>
-[...65 lines deleted...]
-          <x:t>24,265</x:t>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,185</x:t>
+          <x:t>24,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>25,105</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,055</x:t>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,315</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>24,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>