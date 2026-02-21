--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d05dca76644a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c01db43ae164c9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7d9a9654484f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0704396d6d6a4f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50300d0fc6314ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7d9a9654484f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48725215466d4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0704396d6d6a4f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB1W9J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>25,385</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,205</x:t>
-[...6 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,245</x:t>
-[...107 lines deleted...]
-          <x:t>24,935</x:t>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,675</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,535</x:t>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,205</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>24,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>25,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>