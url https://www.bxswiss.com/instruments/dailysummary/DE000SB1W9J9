--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c01db43ae164c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a488fbc12c342ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0704396d6d6a4f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb7efdd3c0245ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48725215466d4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0704396d6d6a4f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413aa38c2ebd4150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb7efdd3c0245ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB1W9J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>24,765</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,685</x:t>
-[...151 lines deleted...]
-          <x:t>24,865</x:t>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,135</x:t>
-[...151 lines deleted...]
-          <x:t>24,315</x:t>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,255</x:t>
-[...269 lines deleted...]
-          <x:t>24,115</x:t>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>