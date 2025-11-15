--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560435b589784635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ba22d5e8f24bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c0140a95fb4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3035d806e74318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db967b43bca4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c0140a95fb4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51fd6cc66fb4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3035d806e74318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Ethereum direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,578</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>32,389</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,908</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>30,921</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>