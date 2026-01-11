--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ba22d5e8f24bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3c0e31251a49a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3035d806e74318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc4535415b4b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51fd6cc66fb4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3035d806e74318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7533a0351c1a4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc4535415b4b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Ethereum direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>25,447</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>