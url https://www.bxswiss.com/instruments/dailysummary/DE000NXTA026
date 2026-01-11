--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3c0e31251a49a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8029de0f8a8040bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc4535415b4b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6a853ffde14094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7533a0351c1a4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc4535415b4b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c3fef525354f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6a853ffde14094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Ethereum direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>