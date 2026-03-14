--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8029de0f8a8040bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9e035d47004800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6a853ffde14094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4664f255d70f4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c3fef525354f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6a853ffde14094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2171dea269b4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4664f255d70f4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Ethereum direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>24,797</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>