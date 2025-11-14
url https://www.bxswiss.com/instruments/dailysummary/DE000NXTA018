--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33856d1d0b3a4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71668cf609924989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdd3c66fdeb54fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c819c5ba3164348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb318aae50f4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdd3c66fdeb54fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8af88160acb4bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c819c5ba3164348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Bitcoin direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,177</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>