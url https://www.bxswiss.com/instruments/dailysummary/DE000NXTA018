--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71668cf609924989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b5be9fe6cc4d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c819c5ba3164348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97db7899892d47fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8af88160acb4bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c819c5ba3164348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab98e5ad607403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97db7899892d47fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Bitcoin direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,315</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>