--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b5be9fe6cc4d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R568572e0f29e48ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97db7899892d47fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd826cba4044cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab98e5ad607403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97db7899892d47fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89f2fe7ef474ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd826cba4044cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Bitcoin direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>