--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R568572e0f29e48ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7edfad9a844ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd826cba4044cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb02da1b6354301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89f2fe7ef474ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd826cba4044cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac392d4ac3a4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb02da1b6354301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Bitcoin direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>70,408</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>72,432</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>