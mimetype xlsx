--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7edfad9a844ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc490b8bd9d4448ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb02da1b6354301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b059010b9f6433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac392d4ac3a4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb02da1b6354301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480052d8cf3748c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b059010b9f6433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nxtAssets Bitcoin direct ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NXTA018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>