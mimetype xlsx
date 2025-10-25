--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fe9ffd10414adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446d6d8f6e484378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7aa62cefa5f4ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20d29b837fb45f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R197c2f3029b9473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7aa62cefa5f4ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1df5d5a60c4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20d29b837fb45f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW BANK 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>86,955</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,905</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>87,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,390</x:t>
-[...4 lines deleted...]
-          <x:t>87,135</x:t>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>87,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>