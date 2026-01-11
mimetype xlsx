--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446d6d8f6e484378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7c682504b94646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20d29b837fb45f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0366aa83631443e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1df5d5a60c4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20d29b837fb45f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc740d4df6cb4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0366aa83631443e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW BANK 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>87,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>87,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,995</x:t>
-[...237 lines deleted...]
-          <x:t>87,250</x:t>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>87,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,590</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>87,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>