--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7c682504b94646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed167ee980043ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0366aa83631443e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4a8e10a89e455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc740d4df6cb4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0366aa83631443e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4574200068b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4a8e10a89e455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW BANK 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>87,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>