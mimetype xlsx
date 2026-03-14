--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed167ee980043ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf211dbeca8f64560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4a8e10a89e455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27f67cdd0fea4454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4574200068b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4a8e10a89e455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ce981f4d044ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27f67cdd0fea4454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW BANK 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>88,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>