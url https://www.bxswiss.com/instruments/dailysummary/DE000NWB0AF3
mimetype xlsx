--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22fa75fbcb4e41ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d5924c0633435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb676ed8fcc264a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4257e509dbd041df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d136fad3834846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb676ed8fcc264a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041b138ad6274289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4257e509dbd041df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW.Bank 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>95,935</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,930</x:t>
-[...382 lines deleted...]
-          <x:t>96,050</x:t>
+          <x:t>96,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>