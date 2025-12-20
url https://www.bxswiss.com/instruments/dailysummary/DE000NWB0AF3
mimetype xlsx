--- v1 (2025-11-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d5924c0633435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0510e1cf9f7f418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4257e509dbd041df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e3ef8246d44922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041b138ad6274289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4257e509dbd041df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39dd649cbc90421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e3ef8246d44922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW.Bank 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,210</x:t>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,180</x:t>
-[...87 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,195</x:t>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,065</x:t>
-[...11 lines deleted...]
-          <x:t>96,060</x:t>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,050</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>96,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>96,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,970</x:t>
-[...53 lines deleted...]
-          <x:t>96,020</x:t>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>