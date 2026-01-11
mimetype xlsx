--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0510e1cf9f7f418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70f587d2cac4e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e3ef8246d44922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc0d90b30764d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39dd649cbc90421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e3ef8246d44922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9893bcb4561245cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc0d90b30764d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW.Bank 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,070</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>96,105</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,095</x:t>
-[...16 lines deleted...]
-          <x:t>96,115</x:t>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>96,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,135</x:t>
-[...463 lines deleted...]
-          <x:t>95,900</x:t>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>