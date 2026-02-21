--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70f587d2cac4e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04af2a2ec211408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc0d90b30764d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d22ac6d15e487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9893bcb4561245cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc0d90b30764d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dca9c8b885546e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d22ac6d15e487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW.Bank 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>96,155</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,210</x:t>
-[...36 lines deleted...]
-          <x:t>96,205</x:t>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>