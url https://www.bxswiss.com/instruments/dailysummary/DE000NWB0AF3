--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04af2a2ec211408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07d4af1a9184a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d22ac6d15e487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62123adf3efd46dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dca9c8b885546e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d22ac6d15e487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8d6762f678422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62123adf3efd46dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NRW.Bank 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000NWB0AF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,285</x:t>
-[...576 lines deleted...]
-          <x:t>96,550</x:t>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>