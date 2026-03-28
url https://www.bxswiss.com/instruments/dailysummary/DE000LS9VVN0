--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5475c358fad149b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf459c197352b4049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb19c992cbd74789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8814432e377c4da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43dc9a4a88fd45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb19c992cbd74789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaafce0a199c4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8814432e377c4da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Start in neue Zeiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VVN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -350,31 +245,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>