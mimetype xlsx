--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc4c239c8ea4c57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb161088deb4b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fce3177bb6f46da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a4762516e7d4ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra19d45db1e2c4605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fce3177bb6f46da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f996babd9141a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a4762516e7d4ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GenesisDefence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VVC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -350,31 +245,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>