--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cece3810290404f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6045897630574720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99850397934b4b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e260f355f84161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c29c79745c4ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99850397934b4b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff1782c239646d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e260f355f84161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Fortschritt </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VUN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -350,31 +245,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.699,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.707,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.655,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.655,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.648,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.682,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.612,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.652,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.665,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.667,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.610,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.610,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.656,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.562,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.567,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.543,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.583,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.538,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.553,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.561,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.608,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.558,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.611,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.622,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.568,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.593,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.590,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.626,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.580,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.591,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.603,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.598,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.584,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.628,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.489,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.490,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.453,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.454,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.450,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.525,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.526,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.531,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.518,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.522,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.484,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.469,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.545,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.478,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.556,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.602,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.534,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.541,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>