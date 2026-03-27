--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7356bdddc04d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4444c525aff4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14204949172f415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81be69cef2b44a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b81f64298a4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14204949172f415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree31dd8eb3734aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81be69cef2b44a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Crossit 38 200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VT80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -350,31 +252,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>