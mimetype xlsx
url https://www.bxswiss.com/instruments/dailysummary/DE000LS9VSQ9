--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1b06a936064010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6d5189e1ad4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8e3f8fb11549fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73a51f89167448e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29705193ef014a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8e3f8fb11549fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff71b45ca8d43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73a51f89167448e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Score Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -671,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>