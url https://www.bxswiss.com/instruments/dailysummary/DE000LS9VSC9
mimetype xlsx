--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3301d2194bb5435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e81cf9b17345f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6c7c3944334fa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566961d5599e478e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b43736aa2584175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6c7c3944334fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e60610102040cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566961d5599e478e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VSC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -671,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>