--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7d11fe734d4cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed0526d91284049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142911929b074fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c348e77efb241c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885d3057d40849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142911929b074fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f1422939a84e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c348e77efb241c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VS99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
@@ -350,31 +245,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>