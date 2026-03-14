--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd661b335e034206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd401cc8dc57d42f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd25bc56cca44a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc387e27f03964429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8cda1830c474a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd25bc56cca44a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406c263e3cf24fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc387e27f03964429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Raketen worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VS57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,342 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -651,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>