--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035f726c8a1c4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61bacc607e84f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d0bfbf409074f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703c75a5f5bb4b18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac75eebc5a3c4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d0bfbf409074f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf433e83084c4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703c75a5f5bb4b18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB Kneis Performers Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>