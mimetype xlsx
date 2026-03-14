--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b0459865856441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ef0549b8214c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf484f6be89334806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2fdfdfd31846b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d342c6eb5c4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf484f6be89334806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442139184b864d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2fdfdfd31846b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP GROWTH 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VRK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,553 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...51 lines deleted...]
-          <x:t>147,728</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,588</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>145,588</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>