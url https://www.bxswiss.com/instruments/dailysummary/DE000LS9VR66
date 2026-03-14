--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6085b2e0b37044f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224c6c6560624f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8aec9df363a41ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4d66a4fc1e4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1135fcc9b04bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8aec9df363a41ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eada8238be44910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4d66a4fc1e4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IronShield Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VR66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -671,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>