--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2205ac19f343fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red35ffe2beb74b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25b3cd789cb4dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a39892409b4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2296af84c3c6433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25b3cd789cb4dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06bcf693d3e4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a39892409b4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>