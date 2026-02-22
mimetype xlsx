--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red35ffe2beb74b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R031c1a3c6c12469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a39892409b4870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4082235236334eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06bcf693d3e4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a39892409b4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732d3627947d43e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4082235236334eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>111,808</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>