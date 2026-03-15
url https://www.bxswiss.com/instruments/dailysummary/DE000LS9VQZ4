--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R031c1a3c6c12469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7889136688b94716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4082235236334eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1c509ac57f42fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732d3627947d43e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4082235236334eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8911b2a63d534f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1c509ac57f42fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>