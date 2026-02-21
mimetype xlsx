--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d125dc15c4405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb525b771bcc744bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c8526da0d44d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97339ccd25c44ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c71c364fa8f487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c8526da0d44d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416f584cc5594485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97339ccd25c44ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>