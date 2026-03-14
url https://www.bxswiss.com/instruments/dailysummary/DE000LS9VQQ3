--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb525b771bcc744bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7992775276445f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97339ccd25c44ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re179f50f71a34a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416f584cc5594485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97339ccd25c44ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd05351324a4945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re179f50f71a34a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>American Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>104,035</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,786</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>108,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>