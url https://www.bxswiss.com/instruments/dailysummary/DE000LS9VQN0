--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e59c6c366c4aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c50d1abde54eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961685af6a8c4851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb61b70c9d84d8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafbc5c3fe5a4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961685af6a8c4851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8d11dd51f84bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb61b70c9d84d8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>