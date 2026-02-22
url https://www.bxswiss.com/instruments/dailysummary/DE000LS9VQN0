--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c50d1abde54eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d57491ea9904b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb61b70c9d84d8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c391d9b41ea4f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8d11dd51f84bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb61b70c9d84d8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2f1da4ed67e4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c391d9b41ea4f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>329,022</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>