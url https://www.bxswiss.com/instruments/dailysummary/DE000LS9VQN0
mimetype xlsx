--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d57491ea9904b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra969fa5e8c84478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c391d9b41ea4f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7690e4baabe49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2f1da4ed67e4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c391d9b41ea4f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0511b22545524e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7690e4baabe49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>