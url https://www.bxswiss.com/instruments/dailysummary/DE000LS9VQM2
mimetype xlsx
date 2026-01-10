--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99cb31043b454fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad571d5ac3746c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3217c2efcde64957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7c4d9438a2424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff6d840e8064a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3217c2efcde64957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe2f91f27884c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7c4d9438a2424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wenig und Qualitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>