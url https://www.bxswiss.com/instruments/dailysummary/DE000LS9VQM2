--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad571d5ac3746c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01654a8ae1e4a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7c4d9438a2424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9418f35474147ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe2f91f27884c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7c4d9438a2424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b7654ca39a4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9418f35474147ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wenig und Qualitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>205,027</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>