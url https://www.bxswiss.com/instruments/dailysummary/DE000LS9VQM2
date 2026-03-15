--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01654a8ae1e4a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d18ca777534dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9418f35474147ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a996bd56e94617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b7654ca39a4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9418f35474147ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4696eba0cb4e4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a996bd56e94617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wenig und Qualitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>