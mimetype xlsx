--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3531aaa0e2b34bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c38b87fc7c4cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf289dc6d5b664f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ecbf40a526c48da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c641084cab4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf289dc6d5b664f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274bbd0875ec40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ecbf40a526c48da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien wie im Traum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>