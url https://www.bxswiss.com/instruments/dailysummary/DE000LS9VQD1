--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c38b87fc7c4cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc067e062fb1749d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ecbf40a526c48da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2914aa6e10f41b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274bbd0875ec40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ecbf40a526c48da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c53f3287e3c4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2914aa6e10f41b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien wie im Traum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>111,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>