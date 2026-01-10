--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff019bc9e265478c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f86a769b57a4895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e90143a2c8c46af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fae7922f3141b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5d4697ad294fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e90143a2c8c46af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b498c6148e4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fae7922f3141b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Euro KI-Quant Faktor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,224 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>