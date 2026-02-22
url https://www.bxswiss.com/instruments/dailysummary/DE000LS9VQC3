--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f86a769b57a4895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b40dbdfa21c4b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fae7922f3141b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a825849b5a4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b498c6148e4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fae7922f3141b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a01ed4404a4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a825849b5a4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Euro KI-Quant Faktor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,224 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...191 lines deleted...]
-          <x:t>191,571</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>