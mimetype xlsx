--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b40dbdfa21c4b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08841c9a040e4035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a825849b5a4c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b45c562af14e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a01ed4404a4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a825849b5a4c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02827eb9e914ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b45c562af14e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Euro KI-Quant Faktor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>190,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,182</x:t>
-[...43 lines deleted...]
-          <x:t>195,940</x:t>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,125</x:t>
-[...355 lines deleted...]
-          <x:t>196,427</x:t>
+          <x:t>197,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>