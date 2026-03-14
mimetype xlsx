--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f293083040b4e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf3cca85bc44312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57ad264fc264fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad5b5f7b8c54a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50126e7d77f45eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57ad264fc264fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f07237eec64872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad5b5f7b8c54a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cash the Vision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQ59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>108,863</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>105,103</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>