--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7e4b6b30144bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff815ab23014d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf3402266574ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31f9986de29409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afea2a01bff4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf3402266574ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54bb17fba753445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31f9986de29409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A Scandinavian Thing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQ42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.011,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.016,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.010,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.013,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.036,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.045,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.036,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.045,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>