--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d72c86ed15c4321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3402c3a092f1455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa19eb2cd7341f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc4f8d7e92b4b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d8a79df61474e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa19eb2cd7341f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92e202a9d6546af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc4f8d7e92b4b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drohnen Aktien Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>