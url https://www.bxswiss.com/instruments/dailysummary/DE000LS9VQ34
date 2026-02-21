--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3402c3a092f1455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66cc77949b24061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc4f8d7e92b4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792bb4ffafa8454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92e202a9d6546af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc4f8d7e92b4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794a03cba2c745cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792bb4ffafa8454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drohnen Aktien Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>119,562</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>