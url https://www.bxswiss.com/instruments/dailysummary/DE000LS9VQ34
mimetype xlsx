--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66cc77949b24061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6748aaea174e4b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792bb4ffafa8454d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea8a342ed6f4d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794a03cba2c745cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792bb4ffafa8454d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154ca12dfe74450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea8a342ed6f4d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Drohnen Aktien Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>