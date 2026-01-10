--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1de04cddabd42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94380a00711a4b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re091fee01ea34b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra04e733847834700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbefbea32fb4453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re091fee01ea34b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eebd85cdc0a43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra04e733847834700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgefonds Werte 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>