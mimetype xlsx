--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94380a00711a4b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb96883308c242ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra04e733847834700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffa85ab3bd04f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eebd85cdc0a43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra04e733847834700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeecb6566ff0426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffa85ab3bd04f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgefonds Werte 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>98,910</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>