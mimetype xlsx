--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb96883308c242ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed54b55a8d84079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffa85ab3bd04f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78da6ad804a04a79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeecb6566ff0426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffa85ab3bd04f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafcae9066a64e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78da6ad804a04a79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgefonds Werte 13F</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>