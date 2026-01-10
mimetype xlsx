--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c66f3714b6484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fd799637334418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c5883bfdd54082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9340a8b9a84acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5f0d100605a41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c5883bfdd54082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra24681bd478f426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9340a8b9a84acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-LEADERS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,231 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>