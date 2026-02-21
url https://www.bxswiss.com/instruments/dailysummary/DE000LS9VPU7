--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fd799637334418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9e6b607760462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9340a8b9a84acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4295b1a1d2774f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra24681bd478f426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9340a8b9a84acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra831f1984323472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4295b1a1d2774f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-LEADERS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,231 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,470</x:t>
-[...80 lines deleted...]
-          <x:t>100,693</x:t>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,563</x:t>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>