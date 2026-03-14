--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9e6b607760462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7577026afb4f48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4295b1a1d2774f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9739453eeb9646be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra831f1984323472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4295b1a1d2774f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2bf7215d1e4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9739453eeb9646be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-LEADERS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>101,398</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,258</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>100,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,992</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>