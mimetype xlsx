--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d02d27559c4603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7d4ae2383c4ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70816de876bd40cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbfc9ec40334533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cdf01bf5484c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70816de876bd40cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6641bc49f65c4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbfc9ec40334533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Universum Nebenwerte Watchlist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,224 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>