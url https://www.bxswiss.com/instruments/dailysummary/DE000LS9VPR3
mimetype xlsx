--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7d4ae2383c4ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443f0b341a548b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbfc9ec40334533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc929da1ecd90478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6641bc49f65c4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbfc9ec40334533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fb3b7ea1204a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc929da1ecd90478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Universum Nebenwerte Watchlist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,224 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...191 lines deleted...]
-          <x:t>119,688</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>