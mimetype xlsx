--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443f0b341a548b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266b1a7932834bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc929da1ecd90478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafa29de28ba4cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fb3b7ea1204a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc929da1ecd90478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5246a9464d04464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafa29de28ba4cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Universum Nebenwerte Watchlist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,849</x:t>
-[...414 lines deleted...]
-          <x:t>126,256</x:t>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>