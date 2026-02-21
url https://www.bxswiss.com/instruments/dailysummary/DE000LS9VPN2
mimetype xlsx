--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27791f17d8cb4600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ad49b25c9a485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fbde8e0cf042fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66ef8cb30c24bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec592af11ae4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fbde8e0cf042fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf266d5181e1745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66ef8cb30c24bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Score Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,224 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...191 lines deleted...]
-          <x:t>96,826</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>