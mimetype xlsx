--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ad49b25c9a485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e9a60b48ce4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66ef8cb30c24bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699eaf2470f541df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf266d5181e1745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66ef8cb30c24bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969038bda4df40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699eaf2470f541df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Score Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>