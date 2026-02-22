--- v0 (2025-12-20)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4473e8e69f0440c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07bbd584feb440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re383090f34cc4c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e052b455434465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ceba8b604c476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re383090f34cc4c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422038684509440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e052b455434465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulative Zukunftstechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>