--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07bbd584feb440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b68225da7cb4c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e052b455434465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc18135619f334d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422038684509440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e052b455434465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69cf7e3ec2247cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc18135619f334d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulative Zukunftstechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VPL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,462 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...410 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>